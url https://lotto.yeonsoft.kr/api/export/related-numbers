--- v0 (2025-12-06)
+++ v1 (2026-02-19)
@@ -459,384 +459,384 @@
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="2" spans="1:11">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2">
         <v>28</v>
       </c>
       <c r="C2">
         <v>29</v>
       </c>
       <c r="D2">
         <v>3</v>
       </c>
       <c r="E2">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F2">
         <v>12</v>
       </c>
       <c r="G2">
         <v>25</v>
       </c>
       <c r="H2">
+        <v>42</v>
+      </c>
+      <c r="I2">
+        <v>24</v>
+      </c>
+      <c r="J2">
         <v>2</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
       <c r="K2">
         <v>23</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3">
         <v>1</v>
       </c>
       <c r="C3">
         <v>23</v>
       </c>
       <c r="D3">
         <v>33</v>
       </c>
       <c r="E3">
         <v>23</v>
       </c>
       <c r="F3">
+        <v>17</v>
+      </c>
+      <c r="G3">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>16</v>
       </c>
-      <c r="G3">
-[...2 lines deleted...]
-      <c r="H3">
+      <c r="I3">
+        <v>22</v>
+      </c>
+      <c r="J3">
         <v>8</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
       <c r="K3">
         <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4">
         <v>13</v>
       </c>
       <c r="C4">
         <v>29</v>
       </c>
       <c r="D4">
         <v>20</v>
       </c>
       <c r="E4">
         <v>29</v>
       </c>
       <c r="F4">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G4">
         <v>28</v>
       </c>
       <c r="H4">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="I4">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="J4">
         <v>1</v>
       </c>
       <c r="K4">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5">
         <v>20</v>
       </c>
       <c r="C5">
         <v>26</v>
       </c>
       <c r="D5">
         <v>33</v>
       </c>
       <c r="E5">
         <v>26</v>
       </c>
       <c r="F5">
         <v>26</v>
       </c>
       <c r="G5">
         <v>24</v>
       </c>
       <c r="H5">
         <v>40</v>
       </c>
       <c r="I5">
         <v>24</v>
       </c>
       <c r="J5">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="K5">
         <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6">
         <v>20</v>
       </c>
       <c r="C6">
         <v>26</v>
       </c>
       <c r="D6">
         <v>34</v>
       </c>
       <c r="E6">
         <v>26</v>
       </c>
       <c r="F6">
         <v>11</v>
       </c>
       <c r="G6">
         <v>25</v>
       </c>
       <c r="H6">
+        <v>12</v>
+      </c>
+      <c r="I6">
+        <v>24</v>
+      </c>
+      <c r="J6">
         <v>13</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
       <c r="K6">
         <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7">
         <v>38</v>
       </c>
       <c r="C7">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D7">
         <v>28</v>
       </c>
       <c r="E7">
         <v>26</v>
       </c>
       <c r="F7">
         <v>37</v>
       </c>
       <c r="G7">
         <v>25</v>
       </c>
       <c r="H7">
         <v>17</v>
       </c>
       <c r="I7">
         <v>24</v>
       </c>
       <c r="J7">
         <v>11</v>
       </c>
       <c r="K7">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8">
         <v>18</v>
       </c>
       <c r="C8">
         <v>27</v>
       </c>
       <c r="D8">
+        <v>24</v>
+      </c>
+      <c r="E8">
+        <v>26</v>
+      </c>
+      <c r="F8">
         <v>19</v>
       </c>
-      <c r="E8">
-[...4 lines deleted...]
-      </c>
       <c r="G8">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H8">
+        <v>38</v>
+      </c>
+      <c r="I8">
+        <v>25</v>
+      </c>
+      <c r="J8">
         <v>33</v>
       </c>
-      <c r="I8">
-[...4 lines deleted...]
-      </c>
       <c r="K8">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9">
         <v>39</v>
       </c>
       <c r="C9">
         <v>27</v>
       </c>
       <c r="D9">
         <v>27</v>
       </c>
       <c r="E9">
         <v>27</v>
       </c>
       <c r="F9">
         <v>45</v>
       </c>
       <c r="G9">
         <v>24</v>
       </c>
       <c r="H9">
         <v>17</v>
       </c>
       <c r="I9">
         <v>24</v>
       </c>
       <c r="J9">
         <v>13</v>
       </c>
       <c r="K9">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10">
+        <v>7</v>
+      </c>
+      <c r="C10">
+        <v>22</v>
+      </c>
+      <c r="D10">
         <v>12</v>
       </c>
-      <c r="C10">
-[...2 lines deleted...]
-      <c r="D10">
+      <c r="E10">
+        <v>22</v>
+      </c>
+      <c r="F10">
+        <v>1</v>
+      </c>
+      <c r="G10">
+        <v>21</v>
+      </c>
+      <c r="H10">
         <v>33</v>
       </c>
-      <c r="E10">
+      <c r="I10">
         <v>21</v>
       </c>
-      <c r="F10">
-[...10 lines deleted...]
-      </c>
       <c r="J10">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="K10">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11">
         <v>31</v>
       </c>
       <c r="C11">
         <v>29</v>
       </c>
       <c r="D11">
         <v>16</v>
       </c>
       <c r="E11">
         <v>26</v>
       </c>
       <c r="F11">
         <v>40</v>
       </c>
       <c r="G11">
         <v>25</v>
       </c>
       <c r="H11">
         <v>22</v>
       </c>
       <c r="I11">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="J11">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="K11">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12">
         <v>21</v>
       </c>
       <c r="C12">
         <v>34</v>
       </c>
       <c r="D12">
         <v>44</v>
       </c>
       <c r="E12">
         <v>26</v>
       </c>
       <c r="F12">
         <v>5</v>
       </c>
       <c r="G12">
         <v>25</v>
       </c>
       <c r="H12">
@@ -859,51 +859,51 @@
       <c r="B13">
         <v>24</v>
       </c>
       <c r="C13">
         <v>30</v>
       </c>
       <c r="D13">
         <v>15</v>
       </c>
       <c r="E13">
         <v>27</v>
       </c>
       <c r="F13">
         <v>34</v>
       </c>
       <c r="G13">
         <v>27</v>
       </c>
       <c r="H13">
         <v>42</v>
       </c>
       <c r="I13">
         <v>26</v>
       </c>
       <c r="J13">
-        <v>1</v>
+        <v>33</v>
       </c>
       <c r="K13">
         <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14">
         <v>3</v>
       </c>
       <c r="C14">
         <v>29</v>
       </c>
       <c r="D14">
         <v>33</v>
       </c>
       <c r="E14">
         <v>28</v>
       </c>
       <c r="F14">
         <v>37</v>
       </c>
       <c r="G14">
@@ -999,86 +999,86 @@
       <c r="B17">
         <v>10</v>
       </c>
       <c r="C17">
         <v>26</v>
       </c>
       <c r="D17">
         <v>24</v>
       </c>
       <c r="E17">
         <v>24</v>
       </c>
       <c r="F17">
         <v>19</v>
       </c>
       <c r="G17">
         <v>24</v>
       </c>
       <c r="H17">
         <v>36</v>
       </c>
       <c r="I17">
         <v>24</v>
       </c>
       <c r="J17">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="K17">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18">
         <v>11</v>
       </c>
       <c r="C18">
         <v>25</v>
       </c>
       <c r="D18">
         <v>45</v>
       </c>
       <c r="E18">
         <v>25</v>
       </c>
       <c r="F18">
+        <v>27</v>
+      </c>
+      <c r="G18">
+        <v>24</v>
+      </c>
+      <c r="H18">
         <v>6</v>
       </c>
-      <c r="G18">
-[...2 lines deleted...]
-      <c r="H18">
+      <c r="I18">
+        <v>24</v>
+      </c>
+      <c r="J18">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>8</v>
       </c>
       <c r="K18">
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19">
         <v>7</v>
       </c>
       <c r="C19">
         <v>27</v>
       </c>
       <c r="D19">
         <v>31</v>
       </c>
       <c r="E19">
         <v>27</v>
       </c>
       <c r="F19">
         <v>45</v>
       </c>
       <c r="G19">
@@ -1121,419 +1121,419 @@
       </c>
       <c r="H20">
         <v>34</v>
       </c>
       <c r="I20">
         <v>25</v>
       </c>
       <c r="J20">
         <v>16</v>
       </c>
       <c r="K20">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21">
         <v>3</v>
       </c>
       <c r="C21">
         <v>29</v>
       </c>
       <c r="D21">
+        <v>35</v>
+      </c>
+      <c r="E21">
+        <v>26</v>
+      </c>
+      <c r="F21">
         <v>4</v>
       </c>
-      <c r="E21">
-[...2 lines deleted...]
-      <c r="F21">
+      <c r="G21">
+        <v>26</v>
+      </c>
+      <c r="H21">
         <v>5</v>
       </c>
-      <c r="G21">
-[...2 lines deleted...]
-      <c r="H21">
+      <c r="I21">
+        <v>26</v>
+      </c>
+      <c r="J21">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>35</v>
       </c>
       <c r="K21">
         <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22">
         <v>11</v>
       </c>
       <c r="C22">
         <v>34</v>
       </c>
       <c r="D22">
         <v>19</v>
       </c>
       <c r="E22">
         <v>28</v>
       </c>
       <c r="F22">
         <v>34</v>
       </c>
       <c r="G22">
         <v>27</v>
       </c>
       <c r="H22">
         <v>25</v>
       </c>
       <c r="I22">
         <v>23</v>
       </c>
       <c r="J22">
         <v>8</v>
       </c>
       <c r="K22">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23">
+        <v>10</v>
+      </c>
+      <c r="C23">
+        <v>24</v>
+      </c>
+      <c r="D23">
         <v>3</v>
       </c>
-      <c r="C23">
-[...2 lines deleted...]
-      <c r="D23">
+      <c r="E23">
+        <v>24</v>
+      </c>
+      <c r="F23">
         <v>7</v>
-      </c>
-[...4 lines deleted...]
-        <v>10</v>
       </c>
       <c r="G23">
         <v>23</v>
       </c>
       <c r="H23">
         <v>37</v>
       </c>
       <c r="I23">
         <v>23</v>
       </c>
       <c r="J23">
         <v>6</v>
       </c>
       <c r="K23">
         <v>22</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24">
         <v>18</v>
       </c>
       <c r="C24">
         <v>24</v>
       </c>
       <c r="D24">
+        <v>16</v>
+      </c>
+      <c r="E24">
+        <v>22</v>
+      </c>
+      <c r="F24">
         <v>15</v>
       </c>
-      <c r="E24">
-[...4 lines deleted...]
-      </c>
       <c r="G24">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H24">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="I24">
         <v>21</v>
       </c>
       <c r="J24">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="K24">
         <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25">
         <v>12</v>
       </c>
       <c r="C25">
         <v>30</v>
       </c>
       <c r="D25">
+        <v>27</v>
+      </c>
+      <c r="E25">
+        <v>29</v>
+      </c>
+      <c r="F25">
         <v>3</v>
       </c>
-      <c r="E25">
+      <c r="G25">
         <v>28</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
       <c r="H25">
         <v>7</v>
       </c>
       <c r="I25">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="J25">
         <v>16</v>
       </c>
       <c r="K25">
         <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26">
         <v>36</v>
       </c>
       <c r="C26">
         <v>26</v>
       </c>
       <c r="D26">
         <v>16</v>
       </c>
       <c r="E26">
         <v>23</v>
       </c>
       <c r="F26">
         <v>21</v>
       </c>
       <c r="G26">
         <v>23</v>
       </c>
       <c r="H26">
         <v>19</v>
       </c>
       <c r="I26">
         <v>22</v>
       </c>
       <c r="J26">
         <v>33</v>
       </c>
       <c r="K26">
         <v>22</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27">
+        <v>27</v>
+      </c>
+      <c r="C27">
+        <v>26</v>
+      </c>
+      <c r="D27">
         <v>12</v>
       </c>
-      <c r="C27">
-[...2 lines deleted...]
-      <c r="D27">
+      <c r="E27">
+        <v>25</v>
+      </c>
+      <c r="F27">
         <v>43</v>
       </c>
-      <c r="E27">
-[...2 lines deleted...]
-      <c r="F27">
+      <c r="G27">
+        <v>24</v>
+      </c>
+      <c r="H27">
         <v>4</v>
       </c>
-      <c r="G27">
-[...2 lines deleted...]
-      <c r="H27">
+      <c r="I27">
+        <v>24</v>
+      </c>
+      <c r="J27">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
       <c r="K27">
         <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28">
+        <v>24</v>
+      </c>
+      <c r="C28">
+        <v>29</v>
+      </c>
+      <c r="D28">
         <v>3</v>
       </c>
-      <c r="C28">
-[...4 lines deleted...]
-      </c>
       <c r="E28">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F28">
+        <v>35</v>
+      </c>
+      <c r="G28">
+        <v>27</v>
+      </c>
+      <c r="H28">
         <v>8</v>
       </c>
-      <c r="G28">
-[...4 lines deleted...]
-      </c>
       <c r="I28">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="J28">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="K28">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29">
         <v>1</v>
       </c>
       <c r="C29">
         <v>29</v>
       </c>
       <c r="D29">
         <v>6</v>
       </c>
       <c r="E29">
         <v>26</v>
       </c>
       <c r="F29">
         <v>13</v>
       </c>
       <c r="G29">
         <v>24</v>
       </c>
       <c r="H29">
+        <v>30</v>
+      </c>
+      <c r="I29">
+        <v>22</v>
+      </c>
+      <c r="J29">
         <v>34</v>
       </c>
-      <c r="I29">
-[...4 lines deleted...]
-      </c>
       <c r="K29">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30">
         <v>33</v>
       </c>
       <c r="C30">
         <v>25</v>
       </c>
       <c r="D30">
         <v>27</v>
       </c>
       <c r="E30">
         <v>23</v>
       </c>
       <c r="F30">
         <v>7</v>
       </c>
       <c r="G30">
         <v>23</v>
       </c>
       <c r="H30">
         <v>44</v>
       </c>
       <c r="I30">
         <v>23</v>
       </c>
       <c r="J30">
         <v>12</v>
       </c>
       <c r="K30">
         <v>22</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31">
         <v>34</v>
       </c>
       <c r="C31">
         <v>28</v>
       </c>
       <c r="D31">
+        <v>38</v>
+      </c>
+      <c r="E31">
+        <v>23</v>
+      </c>
+      <c r="F31">
         <v>33</v>
       </c>
-      <c r="E31">
-[...2 lines deleted...]
-      <c r="F31">
+      <c r="G31">
+        <v>23</v>
+      </c>
+      <c r="H31">
         <v>39</v>
       </c>
-      <c r="G31">
-[...2 lines deleted...]
-      <c r="H31">
+      <c r="I31">
+        <v>23</v>
+      </c>
+      <c r="J31">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>45</v>
       </c>
       <c r="K31">
         <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32">
         <v>10</v>
       </c>
       <c r="C32">
         <v>29</v>
       </c>
       <c r="D32">
         <v>34</v>
       </c>
       <c r="E32">
         <v>27</v>
       </c>
       <c r="F32">
         <v>18</v>
       </c>
       <c r="G32">
@@ -1573,378 +1573,378 @@
       </c>
       <c r="G33">
         <v>22</v>
       </c>
       <c r="H33">
         <v>13</v>
       </c>
       <c r="I33">
         <v>22</v>
       </c>
       <c r="J33">
         <v>12</v>
       </c>
       <c r="K33">
         <v>21</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34">
         <v>40</v>
       </c>
       <c r="C34">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D34">
         <v>13</v>
       </c>
       <c r="E34">
         <v>28</v>
       </c>
       <c r="F34">
         <v>4</v>
       </c>
       <c r="G34">
         <v>26</v>
       </c>
       <c r="H34">
+        <v>12</v>
+      </c>
+      <c r="I34">
+        <v>25</v>
+      </c>
+      <c r="J34">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>7</v>
       </c>
       <c r="K34">
         <v>25</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35">
         <v>15</v>
       </c>
       <c r="C35">
         <v>29</v>
       </c>
       <c r="D35">
         <v>42</v>
       </c>
       <c r="E35">
         <v>29</v>
       </c>
       <c r="F35">
         <v>30</v>
       </c>
       <c r="G35">
         <v>28</v>
       </c>
       <c r="H35">
         <v>12</v>
       </c>
       <c r="I35">
         <v>27</v>
       </c>
       <c r="J35">
         <v>31</v>
       </c>
       <c r="K35">
         <v>27</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36">
+        <v>27</v>
+      </c>
+      <c r="C36">
+        <v>27</v>
+      </c>
+      <c r="D36">
         <v>20</v>
       </c>
-      <c r="C36">
-[...4 lines deleted...]
-      </c>
       <c r="E36">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F36">
+        <v>37</v>
+      </c>
+      <c r="G36">
+        <v>24</v>
+      </c>
+      <c r="H36">
         <v>43</v>
       </c>
-      <c r="G36">
-[...4 lines deleted...]
-      </c>
       <c r="I36">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="J36">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="K36">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37">
         <v>25</v>
       </c>
       <c r="C37">
         <v>26</v>
       </c>
       <c r="D37">
         <v>39</v>
       </c>
       <c r="E37">
         <v>25</v>
       </c>
       <c r="F37">
+        <v>7</v>
+      </c>
+      <c r="G37">
+        <v>24</v>
+      </c>
+      <c r="H37">
         <v>16</v>
       </c>
-      <c r="G37">
-[...2 lines deleted...]
-      <c r="H37">
+      <c r="I37">
+        <v>24</v>
+      </c>
+      <c r="J37">
         <v>17</v>
       </c>
-      <c r="I37">
-[...4 lines deleted...]
-      </c>
       <c r="K37">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38">
         <v>40</v>
       </c>
       <c r="C38">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D38">
         <v>6</v>
       </c>
       <c r="E38">
         <v>25</v>
       </c>
       <c r="F38">
+        <v>35</v>
+      </c>
+      <c r="G38">
+        <v>24</v>
+      </c>
+      <c r="H38">
+        <v>33</v>
+      </c>
+      <c r="I38">
+        <v>24</v>
+      </c>
+      <c r="J38">
         <v>13</v>
       </c>
-      <c r="G38">
-[...10 lines deleted...]
-      </c>
       <c r="K38">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39">
         <v>6</v>
       </c>
       <c r="C39">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D39">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="E39">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F39">
         <v>7</v>
       </c>
       <c r="G39">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="H39">
+        <v>37</v>
+      </c>
+      <c r="I39">
+        <v>24</v>
+      </c>
+      <c r="J39">
         <v>31</v>
       </c>
-      <c r="I39">
-[...4 lines deleted...]
-      </c>
       <c r="K39">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40">
         <v>8</v>
       </c>
       <c r="C40">
         <v>27</v>
       </c>
       <c r="D40">
         <v>36</v>
       </c>
       <c r="E40">
         <v>25</v>
       </c>
       <c r="F40">
         <v>11</v>
       </c>
       <c r="G40">
         <v>25</v>
       </c>
       <c r="H40">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="I40">
         <v>23</v>
       </c>
       <c r="J40">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K40">
         <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41">
         <v>33</v>
       </c>
       <c r="C41">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D41">
         <v>37</v>
       </c>
       <c r="E41">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F41">
+        <v>27</v>
+      </c>
+      <c r="G41">
+        <v>26</v>
+      </c>
+      <c r="H41">
         <v>10</v>
       </c>
-      <c r="G41">
-[...2 lines deleted...]
-      <c r="H41">
+      <c r="I41">
+        <v>25</v>
+      </c>
+      <c r="J41">
         <v>31</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
       <c r="K41">
         <v>25</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42">
+        <v>16</v>
+      </c>
+      <c r="C42">
+        <v>23</v>
+      </c>
+      <c r="D42">
         <v>30</v>
       </c>
-      <c r="C42">
-[...2 lines deleted...]
-      <c r="D42">
+      <c r="E42">
+        <v>23</v>
+      </c>
+      <c r="F42">
         <v>39</v>
       </c>
-      <c r="E42">
-[...2 lines deleted...]
-      <c r="F42">
+      <c r="G42">
+        <v>22</v>
+      </c>
+      <c r="H42">
         <v>12</v>
       </c>
-      <c r="G42">
-[...2 lines deleted...]
-      <c r="H42">
+      <c r="I42">
+        <v>22</v>
+      </c>
+      <c r="J42">
         <v>40</v>
-      </c>
-[...4 lines deleted...]
-        <v>45</v>
       </c>
       <c r="K42">
         <v>22</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43">
         <v>34</v>
       </c>
       <c r="C43">
         <v>29</v>
       </c>
       <c r="D43">
         <v>12</v>
       </c>
       <c r="E43">
         <v>26</v>
       </c>
       <c r="F43">
         <v>1</v>
       </c>
       <c r="G43">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="H43">
         <v>45</v>
       </c>
       <c r="I43">
         <v>23</v>
       </c>
       <c r="J43">
         <v>18</v>
       </c>
       <c r="K43">
         <v>22</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44">
         <v>26</v>
       </c>
       <c r="C44">
         <v>24</v>
       </c>
       <c r="D44">
@@ -1979,89 +1979,89 @@
       <c r="B45">
         <v>11</v>
       </c>
       <c r="C45">
         <v>26</v>
       </c>
       <c r="D45">
         <v>34</v>
       </c>
       <c r="E45">
         <v>26</v>
       </c>
       <c r="F45">
         <v>20</v>
       </c>
       <c r="G45">
         <v>25</v>
       </c>
       <c r="H45">
         <v>24</v>
       </c>
       <c r="I45">
         <v>24</v>
       </c>
       <c r="J45">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="K45">
         <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46">
         <v>19</v>
       </c>
       <c r="C46">
         <v>26</v>
       </c>
       <c r="D46">
         <v>18</v>
       </c>
       <c r="E46">
         <v>26</v>
       </c>
       <c r="F46">
         <v>17</v>
       </c>
       <c r="G46">
         <v>25</v>
       </c>
       <c r="H46">
+        <v>27</v>
+      </c>
+      <c r="I46">
+        <v>24</v>
+      </c>
+      <c r="J46">
         <v>8</v>
       </c>
-      <c r="I46">
-[...4 lines deleted...]
-      </c>
       <c r="K46">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>연관숫자분석</vt:lpstr>